--- v0 (2025-12-10)
+++ v1 (2026-02-08)
@@ -162,51 +162,51 @@
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xr:uid="{E849E8E4-1671-4C93-BA0D-1FE2133AB12B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xr:uid="{D16C031B-1D05-4E07-9C06-58AE521ABACB}">
   <dimension ref="A1:AM188"/>
   <sheetViews>
     <sheetView workbookViewId="0" view="normal" topLeftCell="A1" tabSelected="true">
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="22.00000000" customWidth="1"/>
     <col min="2" max="2" width="24.00000000" customWidth="1"/>
     <col min="3" max="3" width="26.00000000" customWidth="1"/>
     <col min="4" max="4" width="24.00000000" customWidth="1"/>
     <col min="5" max="5" width="26.00000000" customWidth="1"/>
     <col min="6" max="6" width="15.00000000" customWidth="1"/>
     <col min="7" max="7" width="50.00000000" customWidth="1"/>
     <col min="8" max="8" width="12.00000000" customWidth="1"/>
     <col min="9" max="9" width="40.00000000" customWidth="1"/>
     <col min="10" max="10" width="14.00000000" customWidth="1"/>
     <col min="11" max="11" width="27.00000000" customWidth="1"/>
     <col min="12" max="12" width="14.00000000" customWidth="1"/>
     <col min="13" max="13" width="10.00000000" customWidth="1"/>
     <col min="14" max="14" width="17.00000000" customWidth="1"/>
     <col min="15" max="15" width="17.00000000" customWidth="1"/>
     <col min="16" max="16" width="30.00000000" customWidth="1"/>
     <col min="17" max="17" width="30.00000000" customWidth="1"/>
     <col min="18" max="18" width="32.00000000" customWidth="1"/>
@@ -27819,51 +27819,51 @@
       <c r="AL188" s="2" t="inlineStr">
         <is>
           <t xml:space="preserve">2024-07-01</t>
         </is>
       </c>
       <c r="AM188" s="2" t="inlineStr">
         <is>
           <t xml:space="preserve">2024-05-28</t>
         </is>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="B2:E1048576">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="between">
       <formula>1.1</formula>
       <formula>100</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup useFirstPageNumber="1" horizontalDpi="0" verticalDpi="0" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xr:uid="{0663E9E7-5444-461F-A4C7-F24D09FF0FB9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xr:uid="{0ABFDEAE-B9A5-410A-888F-6F9A2AE789FA}">
   <dimension ref="A1:AM6"/>
   <sheetViews>
     <sheetView workbookViewId="0" view="normal" topLeftCell="A1">
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="22.00000000" customWidth="1"/>
     <col min="2" max="2" width="24.00000000" customWidth="1"/>
     <col min="3" max="3" width="26.00000000" customWidth="1"/>
     <col min="4" max="4" width="24.00000000" customWidth="1"/>
     <col min="5" max="5" width="26.00000000" customWidth="1"/>
     <col min="6" max="6" width="15.00000000" customWidth="1"/>
     <col min="7" max="7" width="50.00000000" customWidth="1"/>
     <col min="8" max="8" width="12.00000000" customWidth="1"/>
     <col min="9" max="9" width="40.00000000" customWidth="1"/>
     <col min="10" max="10" width="14.00000000" customWidth="1"/>
     <col min="11" max="11" width="27.00000000" customWidth="1"/>
     <col min="12" max="12" width="14.00000000" customWidth="1"/>
     <col min="13" max="13" width="10.00000000" customWidth="1"/>
     <col min="14" max="14" width="17.00000000" customWidth="1"/>
     <col min="15" max="15" width="17.00000000" customWidth="1"/>
     <col min="16" max="16" width="30.00000000" customWidth="1"/>
     <col min="17" max="17" width="30.00000000" customWidth="1"/>
     <col min="18" max="18" width="32.00000000" customWidth="1"/>