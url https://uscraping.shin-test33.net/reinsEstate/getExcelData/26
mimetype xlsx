--- v0 (2025-12-10)
+++ v1 (2026-02-08)
@@ -160,51 +160,51 @@
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xr:uid="{73F376F0-578F-4571-9184-A27102630EB3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xr:uid="{74321EC3-DEE2-4AA3-9887-F47BC3F62EC6}">
   <dimension ref="A1:AM2"/>
   <sheetViews>
     <sheetView workbookViewId="0" view="normal" topLeftCell="A1" tabSelected="true">
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="22.00000000" customWidth="1"/>
     <col min="2" max="2" width="24.00000000" customWidth="1"/>
     <col min="3" max="3" width="26.00000000" customWidth="1"/>
     <col min="4" max="4" width="24.00000000" customWidth="1"/>
     <col min="5" max="5" width="26.00000000" customWidth="1"/>
     <col min="6" max="6" width="15.00000000" customWidth="1"/>
     <col min="7" max="7" width="50.00000000" customWidth="1"/>
     <col min="8" max="8" width="12.00000000" customWidth="1"/>
     <col min="9" max="9" width="40.00000000" customWidth="1"/>
     <col min="10" max="10" width="14.00000000" customWidth="1"/>
     <col min="11" max="11" width="27.00000000" customWidth="1"/>
     <col min="12" max="12" width="14.00000000" customWidth="1"/>
     <col min="13" max="13" width="10.00000000" customWidth="1"/>
     <col min="14" max="14" width="17.00000000" customWidth="1"/>
     <col min="15" max="15" width="17.00000000" customWidth="1"/>
     <col min="16" max="16" width="30.00000000" customWidth="1"/>
     <col min="17" max="17" width="30.00000000" customWidth="1"/>
     <col min="18" max="18" width="32.00000000" customWidth="1"/>